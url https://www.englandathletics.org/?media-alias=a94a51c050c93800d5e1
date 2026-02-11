--- v0 (2025-12-18)
+++ v1 (2026-02-11)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="78324F4D" w14:textId="475580BE" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AD25C7" w:rsidP="004E0BA6">
+    <w:p w14:paraId="78324F4D" w14:textId="475580BE" w:rsidR="00AD25C7" w:rsidRPr="004E0BA6" w:rsidRDefault="00AD25C7" w:rsidP="00AE21D0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E0BA6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Timekeeping </w:t>
       </w:r>
       <w:r w:rsidR="004E0BA6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -916,66 +916,82 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EC88CB0" w14:textId="77777777" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00567D3C" w:rsidP="00567D3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01DBC1BD" w14:textId="1CCBA893" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00567D3C" w:rsidP="00567D3C">
+          <w:p w14:paraId="01DBC1BD" w14:textId="45DDD813" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00567D3C" w:rsidP="00567D3C">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>In a 4 x 400-meter relay, using short staggers, at which point should you take the split time for each athlete in the team you have been allocated and who start in lane 4? (1 mark)</w:t>
+              <w:t>In a 4 x 400-</w:t>
+            </w:r>
+            <w:r w:rsidR="002A467C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>metre</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> relay, using short staggers, at which point should you take the split time for each athlete in the team you have been allocated and who start in lane 4? (1 mark)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="72814264" w14:textId="77777777" w:rsidTr="00567D3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="68D4A111" w14:textId="5C8F821F" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00567D3C" w:rsidP="00567D3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="403405B5" w14:textId="11EF682B" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00567D3C" w:rsidP="00567D3C">
             <w:pPr>
@@ -7654,578 +7670,353 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="440F11F8" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B6D2508" w14:textId="7E39D3DB" w:rsidR="00550820" w:rsidRPr="004E0BA6" w:rsidRDefault="0059118C" w:rsidP="00316A9D">
+          <w:p w14:paraId="08CC336D" w14:textId="77777777" w:rsidR="004E5315" w:rsidRDefault="0059118C" w:rsidP="00316A9D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>What</w:t>
             </w:r>
             <w:r w:rsidR="009536DD" w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> time should you return in each of the cases below? </w:t>
+              <w:t xml:space="preserve"> time should you return </w:t>
+            </w:r>
+            <w:r w:rsidR="00D91056">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>when two of the tree timekeepers agree and the third disagrees</w:t>
+            </w:r>
+            <w:r w:rsidR="009536DD" w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
             </w:r>
             <w:r w:rsidR="00F11AB6" w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> (1 mark)</w:t>
-[...102 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BD3466D" w14:textId="527EAECA" w:rsidR="00F11AB6" w:rsidRPr="004E5315" w:rsidRDefault="00F11AB6" w:rsidP="004E5315">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(1 mark)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="1A5912C5" w14:textId="77777777" w:rsidTr="00F11AB6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5433C689" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6154578D" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7BAF97A2" w14:textId="67A5FECE" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00F11AB6" w:rsidP="00F11AB6">
-[...11 lines deleted...]
-            <w:r w:rsidR="00A64B2E" w:rsidRPr="004E0BA6">
+          <w:p w14:paraId="7BAF97A2" w14:textId="368D788B" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00A64B2E" w:rsidP="00F11AB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Your own time</w:t>
-            </w:r>
-[...46 lines deleted...]
-              <w:t>he longest time</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="53AD6F0E" w14:textId="77777777" w:rsidTr="00762A86">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6631DF37" w14:textId="17A01897" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="224D1E0B" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03865667" w14:textId="5B585AF3" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00DE1C31" w:rsidP="00316A9D">
-[...17 lines deleted...]
-            <w:r w:rsidR="004B7D65" w:rsidRPr="004E0BA6">
+          <w:p w14:paraId="03865667" w14:textId="02AFAE74" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00CC0BE3" w:rsidP="00316A9D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="001E6B7C" w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">he longest time, </w:t>
-[...41 lines deleted...]
-              <w:t>he middle time</w:t>
+              <w:t>he two who agre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>e</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="1C2C3A54" w14:textId="77777777" w:rsidTr="00F11AB6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="3F8A4A6C" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="3755DF03" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1EBB8D66" w14:textId="2C307DD7" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00F11AB6" w:rsidP="00F11AB6">
-[...11 lines deleted...]
-            <w:r w:rsidR="00691658" w:rsidRPr="004E0BA6">
+          <w:p w14:paraId="1EBB8D66" w14:textId="11836387" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00691658" w:rsidP="00F11AB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>The average of both times</w:t>
-            </w:r>
-[...22 lines deleted...]
-              <w:t>The middle time</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w14:paraId="472B9258" w14:textId="77777777" w:rsidTr="00762A86">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67C66BCD" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="422275A8" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F08943C" w14:textId="2ECC928A" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00F11AB6" w:rsidP="00F11AB6">
+          <w:p w14:paraId="3F08943C" w14:textId="6FAA180C" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00712D13" w:rsidP="00F11AB6">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">(a) </w:t>
-[...23 lines deleted...]
-              <w:t>The average of all three times</w:t>
+              <w:t>The longest time</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="75E5482A" w14:textId="6CBCAC72" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="668"/>
         <w:gridCol w:w="461"/>
         <w:gridCol w:w="9327"/>
       </w:tblGrid>
       <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="5E00BDD0" w14:textId="77777777" w:rsidTr="000F0DC8">
         <w:tc>
@@ -8412,177 +8203,105 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="526855C9" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20543531" w14:textId="11F13BEB" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00751908" w:rsidP="00F11AB6">
-[...21 lines deleted...]
-              <w:br/>
+          <w:p w14:paraId="20543531" w14:textId="34C9380D" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00751908" w:rsidP="00F11AB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">For races on the track, what times would you return if your watch reads </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA6A8C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>29.</w:t>
+            </w:r>
+            <w:r w:rsidR="00611547">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA6A8C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
             </w:r>
             <w:r w:rsidR="00F11AB6" w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">(1 mark) </w:t>
-            </w:r>
-[...94 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="574290D5" w14:textId="77777777" w:rsidTr="00F11AB6">
         <w:trPr>
           <w:trHeight w:val="132"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="079B5F4A" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -8590,556 +8309,226 @@
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6EA35932" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0BA1BFAA" w14:textId="204D2313" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="0080754A" w:rsidP="0080754A">
-[...105 lines deleted...]
-              <w:t>0.0</w:t>
+          <w:p w14:paraId="0BA1BFAA" w14:textId="1191D715" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00EA6A8C" w:rsidP="0080754A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>29.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="203AEEA3" w14:textId="77777777" w:rsidTr="00762A86">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FBB1E6F" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="388B671C" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56FF6E65" w14:textId="26AB9A5A" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="008A4F43" w:rsidP="00B47D79">
-[...93 lines deleted...]
-              <w:t>0.0</w:t>
+          <w:p w14:paraId="56FF6E65" w14:textId="5B3A1514" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00182E97" w:rsidP="00B47D79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>29.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="29B4C5C7" w14:textId="77777777" w:rsidTr="00F11AB6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0FE1A3CE" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5E55DF57" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="245D488B" w14:textId="7F09666F" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00363489" w:rsidP="00363489">
-[...81 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+          <w:p w14:paraId="245D488B" w14:textId="2A036C53" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00182E97" w:rsidP="00363489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>30.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w14:paraId="3C19F870" w14:textId="77777777" w:rsidTr="00762A86">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17142F7F" w14:textId="5B7BAE6E" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C6EEA8F" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46295E78" w14:textId="6D94C2FD" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="008F6E5F" w:rsidP="008F6E5F">
-[...87 lines deleted...]
-              <w:t>.0</w:t>
+          <w:p w14:paraId="46295E78" w14:textId="48453F34" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00182E97" w:rsidP="008F6E5F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>30.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3C1747C9" w14:textId="77777777" w:rsidR="00B00F5C" w:rsidRPr="004E0BA6" w:rsidRDefault="00B00F5C" w:rsidP="00AD25C7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="668"/>
         <w:gridCol w:w="461"/>
         <w:gridCol w:w="9327"/>
       </w:tblGrid>
       <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="55AD7DD6" w14:textId="77777777" w:rsidTr="000F0DC8">
         <w:tc>
@@ -10804,126 +10193,126 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4659E1ED" w14:textId="77777777" w:rsidR="005A3CFF" w:rsidRPr="004E0BA6" w:rsidRDefault="005A3CFF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005A3CFF" w:rsidRPr="004E0BA6" w:rsidSect="004E0BA6">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2031" w:right="720" w:bottom="284" w:left="720" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="315D104A" w14:textId="77777777" w:rsidR="0008242E" w:rsidRDefault="0008242E" w:rsidP="00C76853">
+    <w:p w14:paraId="3ACF52A3" w14:textId="77777777" w:rsidR="001414FA" w:rsidRDefault="001414FA" w:rsidP="00C76853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="632EFAFC" w14:textId="77777777" w:rsidR="0008242E" w:rsidRDefault="0008242E" w:rsidP="00C76853">
+    <w:p w14:paraId="66AC6357" w14:textId="77777777" w:rsidR="001414FA" w:rsidRDefault="001414FA" w:rsidP="00C76853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35539D17" w14:textId="77777777" w:rsidR="0008242E" w:rsidRDefault="0008242E" w:rsidP="00C76853">
+    <w:p w14:paraId="6E478221" w14:textId="77777777" w:rsidR="001414FA" w:rsidRDefault="001414FA" w:rsidP="00C76853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16A95E6B" w14:textId="77777777" w:rsidR="0008242E" w:rsidRDefault="0008242E" w:rsidP="00C76853">
+    <w:p w14:paraId="768AC93D" w14:textId="77777777" w:rsidR="001414FA" w:rsidRDefault="001414FA" w:rsidP="00C76853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47279D0C" w14:textId="34365FD3" w:rsidR="00C76853" w:rsidRDefault="00C76853">
+  <w:p w14:paraId="47279D0C" w14:textId="0BEB6B91" w:rsidR="00C76853" w:rsidRDefault="00C76853">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E44F07B" wp14:editId="281204BB">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>1600200</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-130175</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="3543300" cy="811274"/>
           <wp:effectExtent l="0" t="0" r="0" b="8255"/>
           <wp:wrapNone/>
           <wp:docPr id="515452057" name="Picture 4" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -10952,51 +10341,58 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="3543300" cy="811274"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00837E22">
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>Version 1</w:t>
+      <w:t xml:space="preserve">Version </w:t>
+    </w:r>
+    <w:r w:rsidR="002A467C">
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>2</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="040C7358"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B492D64A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -13538,167 +12934,173 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1061176365">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="10957527">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="166094896">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1001808457">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="2131437695">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="997198021">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD25C7"/>
     <w:rsid w:val="00002D06"/>
     <w:rsid w:val="000033F5"/>
     <w:rsid w:val="00015759"/>
     <w:rsid w:val="00017268"/>
     <w:rsid w:val="00025334"/>
+    <w:rsid w:val="000262F2"/>
     <w:rsid w:val="0003303C"/>
     <w:rsid w:val="00037AA1"/>
     <w:rsid w:val="00041B40"/>
     <w:rsid w:val="0004788C"/>
     <w:rsid w:val="00050373"/>
     <w:rsid w:val="0005261D"/>
     <w:rsid w:val="00053A4D"/>
     <w:rsid w:val="00054081"/>
     <w:rsid w:val="00082221"/>
     <w:rsid w:val="0008242E"/>
     <w:rsid w:val="00082C1F"/>
     <w:rsid w:val="000861EC"/>
     <w:rsid w:val="00086859"/>
     <w:rsid w:val="00090C67"/>
     <w:rsid w:val="00092FD1"/>
     <w:rsid w:val="0009366E"/>
     <w:rsid w:val="000A0009"/>
     <w:rsid w:val="000A226D"/>
     <w:rsid w:val="000A2DFE"/>
     <w:rsid w:val="000A67F2"/>
     <w:rsid w:val="000B6FC1"/>
     <w:rsid w:val="000C6B33"/>
     <w:rsid w:val="000D1FC3"/>
     <w:rsid w:val="000D6BD4"/>
     <w:rsid w:val="000E0F5D"/>
     <w:rsid w:val="000E3F5E"/>
     <w:rsid w:val="000F0CA9"/>
     <w:rsid w:val="001000DA"/>
     <w:rsid w:val="00100365"/>
     <w:rsid w:val="00107277"/>
     <w:rsid w:val="00111D6E"/>
     <w:rsid w:val="00126DAF"/>
     <w:rsid w:val="00127AE6"/>
     <w:rsid w:val="00135687"/>
+    <w:rsid w:val="001414FA"/>
     <w:rsid w:val="001517CB"/>
     <w:rsid w:val="00154B3A"/>
     <w:rsid w:val="001569C6"/>
     <w:rsid w:val="00161DB0"/>
     <w:rsid w:val="00164404"/>
     <w:rsid w:val="0017144C"/>
     <w:rsid w:val="00172A9A"/>
     <w:rsid w:val="00175A46"/>
     <w:rsid w:val="00181F71"/>
     <w:rsid w:val="00181FD1"/>
+    <w:rsid w:val="00182E97"/>
     <w:rsid w:val="001832E2"/>
     <w:rsid w:val="00183C54"/>
     <w:rsid w:val="00192DFC"/>
     <w:rsid w:val="001A6A56"/>
     <w:rsid w:val="001A7CB3"/>
     <w:rsid w:val="001B1819"/>
     <w:rsid w:val="001B4F2F"/>
     <w:rsid w:val="001C4CA5"/>
     <w:rsid w:val="001C56A5"/>
     <w:rsid w:val="001D6A8C"/>
     <w:rsid w:val="001E30D2"/>
     <w:rsid w:val="001E6B7C"/>
     <w:rsid w:val="001E71F7"/>
     <w:rsid w:val="001F7D8D"/>
     <w:rsid w:val="001F7F31"/>
     <w:rsid w:val="00201650"/>
     <w:rsid w:val="00202713"/>
     <w:rsid w:val="00210F4F"/>
     <w:rsid w:val="002139E0"/>
     <w:rsid w:val="002232FC"/>
     <w:rsid w:val="00225910"/>
     <w:rsid w:val="00225CD8"/>
     <w:rsid w:val="00226091"/>
     <w:rsid w:val="0023167C"/>
+    <w:rsid w:val="00233785"/>
     <w:rsid w:val="00233CBE"/>
     <w:rsid w:val="002358B7"/>
     <w:rsid w:val="00237A70"/>
     <w:rsid w:val="0024503F"/>
     <w:rsid w:val="00245701"/>
     <w:rsid w:val="00250526"/>
     <w:rsid w:val="00253715"/>
     <w:rsid w:val="00255084"/>
     <w:rsid w:val="00257706"/>
     <w:rsid w:val="0026150E"/>
     <w:rsid w:val="00261579"/>
     <w:rsid w:val="00262AA5"/>
     <w:rsid w:val="00267091"/>
     <w:rsid w:val="0027257C"/>
     <w:rsid w:val="002725F2"/>
     <w:rsid w:val="00284A22"/>
     <w:rsid w:val="00284F48"/>
     <w:rsid w:val="00294935"/>
     <w:rsid w:val="002A424F"/>
     <w:rsid w:val="002A42AF"/>
+    <w:rsid w:val="002A467C"/>
     <w:rsid w:val="002A698A"/>
     <w:rsid w:val="002B1FF2"/>
     <w:rsid w:val="002B229B"/>
     <w:rsid w:val="002B6870"/>
     <w:rsid w:val="002C4589"/>
     <w:rsid w:val="002D2C56"/>
     <w:rsid w:val="002D640F"/>
     <w:rsid w:val="002E0D49"/>
     <w:rsid w:val="002E4527"/>
     <w:rsid w:val="002F4241"/>
     <w:rsid w:val="002F469A"/>
     <w:rsid w:val="003042E7"/>
     <w:rsid w:val="00305E70"/>
     <w:rsid w:val="003140C5"/>
     <w:rsid w:val="00316A9D"/>
     <w:rsid w:val="003233FC"/>
     <w:rsid w:val="00325130"/>
     <w:rsid w:val="0033134B"/>
     <w:rsid w:val="00332FBA"/>
     <w:rsid w:val="00333BE0"/>
     <w:rsid w:val="00340CFC"/>
     <w:rsid w:val="00341AB3"/>
     <w:rsid w:val="00341E6F"/>
     <w:rsid w:val="00354D8F"/>
     <w:rsid w:val="00356E11"/>
@@ -13712,126 +13114,131 @@
     <w:rsid w:val="00377116"/>
     <w:rsid w:val="00383895"/>
     <w:rsid w:val="003956B8"/>
     <w:rsid w:val="00395704"/>
     <w:rsid w:val="003959EC"/>
     <w:rsid w:val="003A08C3"/>
     <w:rsid w:val="003A19A9"/>
     <w:rsid w:val="003A2BA2"/>
     <w:rsid w:val="003A3C9A"/>
     <w:rsid w:val="003A4EB2"/>
     <w:rsid w:val="003B70EF"/>
     <w:rsid w:val="003B7747"/>
     <w:rsid w:val="003D02AA"/>
     <w:rsid w:val="003D073E"/>
     <w:rsid w:val="003E1371"/>
     <w:rsid w:val="003E2F93"/>
     <w:rsid w:val="003F10DA"/>
     <w:rsid w:val="003F5C14"/>
     <w:rsid w:val="003F762B"/>
     <w:rsid w:val="004012C6"/>
     <w:rsid w:val="00401A9D"/>
     <w:rsid w:val="0040376C"/>
     <w:rsid w:val="0040403D"/>
     <w:rsid w:val="004162A5"/>
     <w:rsid w:val="0042518B"/>
+    <w:rsid w:val="00431AF8"/>
     <w:rsid w:val="0044022E"/>
     <w:rsid w:val="00440321"/>
     <w:rsid w:val="00444A51"/>
     <w:rsid w:val="0044551F"/>
     <w:rsid w:val="0045041C"/>
     <w:rsid w:val="00455038"/>
     <w:rsid w:val="004552DC"/>
     <w:rsid w:val="004568C5"/>
     <w:rsid w:val="00456E39"/>
     <w:rsid w:val="00457102"/>
     <w:rsid w:val="00465739"/>
     <w:rsid w:val="00470EB3"/>
     <w:rsid w:val="004736DA"/>
     <w:rsid w:val="004754E5"/>
     <w:rsid w:val="00484DD8"/>
     <w:rsid w:val="004901CD"/>
     <w:rsid w:val="004A2789"/>
     <w:rsid w:val="004A38CE"/>
     <w:rsid w:val="004A422E"/>
     <w:rsid w:val="004B2258"/>
     <w:rsid w:val="004B7D65"/>
     <w:rsid w:val="004C1287"/>
     <w:rsid w:val="004C3768"/>
     <w:rsid w:val="004D03CE"/>
     <w:rsid w:val="004D1CC5"/>
     <w:rsid w:val="004E0BA6"/>
     <w:rsid w:val="004E2C0B"/>
     <w:rsid w:val="004E4985"/>
+    <w:rsid w:val="004E5315"/>
     <w:rsid w:val="004F3A69"/>
+    <w:rsid w:val="00501AE5"/>
     <w:rsid w:val="00505D1C"/>
     <w:rsid w:val="00510738"/>
     <w:rsid w:val="005131F8"/>
     <w:rsid w:val="00520A5D"/>
     <w:rsid w:val="00520FE6"/>
     <w:rsid w:val="00522BE0"/>
     <w:rsid w:val="00524C64"/>
     <w:rsid w:val="005251C1"/>
     <w:rsid w:val="00526387"/>
     <w:rsid w:val="00533CF1"/>
     <w:rsid w:val="005368D5"/>
     <w:rsid w:val="00544A79"/>
     <w:rsid w:val="00544A96"/>
     <w:rsid w:val="00547683"/>
     <w:rsid w:val="00550820"/>
     <w:rsid w:val="00550964"/>
     <w:rsid w:val="00552634"/>
     <w:rsid w:val="00555794"/>
     <w:rsid w:val="00562ACA"/>
     <w:rsid w:val="005649DE"/>
     <w:rsid w:val="00567D3C"/>
     <w:rsid w:val="0057048D"/>
     <w:rsid w:val="0057569B"/>
     <w:rsid w:val="00582F8D"/>
     <w:rsid w:val="0058464E"/>
     <w:rsid w:val="00584968"/>
     <w:rsid w:val="00590087"/>
     <w:rsid w:val="0059118C"/>
     <w:rsid w:val="005966B2"/>
     <w:rsid w:val="005A1660"/>
     <w:rsid w:val="005A274D"/>
     <w:rsid w:val="005A35BF"/>
     <w:rsid w:val="005A3CFF"/>
     <w:rsid w:val="005A4CCF"/>
     <w:rsid w:val="005A59B7"/>
     <w:rsid w:val="005B544B"/>
     <w:rsid w:val="005C0FAE"/>
     <w:rsid w:val="005D109C"/>
     <w:rsid w:val="005D1C43"/>
     <w:rsid w:val="005D5536"/>
     <w:rsid w:val="005E07C9"/>
     <w:rsid w:val="005E2BEA"/>
     <w:rsid w:val="005F0305"/>
     <w:rsid w:val="005F45AF"/>
     <w:rsid w:val="00605140"/>
     <w:rsid w:val="00605BDA"/>
     <w:rsid w:val="006110B7"/>
+    <w:rsid w:val="00611547"/>
+    <w:rsid w:val="00612470"/>
     <w:rsid w:val="006175CD"/>
     <w:rsid w:val="0062728C"/>
     <w:rsid w:val="00627AD8"/>
     <w:rsid w:val="00630F76"/>
     <w:rsid w:val="006360A6"/>
     <w:rsid w:val="00636FF0"/>
     <w:rsid w:val="00641F26"/>
     <w:rsid w:val="0064298E"/>
     <w:rsid w:val="006538C3"/>
     <w:rsid w:val="006543BF"/>
     <w:rsid w:val="0066176E"/>
     <w:rsid w:val="00666693"/>
     <w:rsid w:val="006673D9"/>
     <w:rsid w:val="006675DA"/>
     <w:rsid w:val="00684C06"/>
     <w:rsid w:val="00685BA4"/>
     <w:rsid w:val="00686DBF"/>
     <w:rsid w:val="00690819"/>
     <w:rsid w:val="00691658"/>
     <w:rsid w:val="006927BB"/>
     <w:rsid w:val="00692F48"/>
     <w:rsid w:val="00695923"/>
     <w:rsid w:val="00696F24"/>
     <w:rsid w:val="00697443"/>
     <w:rsid w:val="006A5FA0"/>
@@ -13930,50 +13337,51 @@
     <w:rsid w:val="008E5388"/>
     <w:rsid w:val="008F1E94"/>
     <w:rsid w:val="008F4562"/>
     <w:rsid w:val="008F49E9"/>
     <w:rsid w:val="008F6E5F"/>
     <w:rsid w:val="00900CA0"/>
     <w:rsid w:val="009031B0"/>
     <w:rsid w:val="00904C5E"/>
     <w:rsid w:val="009056E1"/>
     <w:rsid w:val="009069DE"/>
     <w:rsid w:val="009071DF"/>
     <w:rsid w:val="00910A83"/>
     <w:rsid w:val="00912D49"/>
     <w:rsid w:val="00913500"/>
     <w:rsid w:val="00913922"/>
     <w:rsid w:val="00917416"/>
     <w:rsid w:val="00920839"/>
     <w:rsid w:val="009269AB"/>
     <w:rsid w:val="00945BDA"/>
     <w:rsid w:val="00946632"/>
     <w:rsid w:val="00947792"/>
     <w:rsid w:val="00952E81"/>
     <w:rsid w:val="009536DD"/>
     <w:rsid w:val="00954F5F"/>
     <w:rsid w:val="00963550"/>
+    <w:rsid w:val="009646B4"/>
     <w:rsid w:val="0096478A"/>
     <w:rsid w:val="0097319B"/>
     <w:rsid w:val="0097337B"/>
     <w:rsid w:val="00973E3E"/>
     <w:rsid w:val="00991D1A"/>
     <w:rsid w:val="0099583E"/>
     <w:rsid w:val="009A266F"/>
     <w:rsid w:val="009A3D94"/>
     <w:rsid w:val="009A4C75"/>
     <w:rsid w:val="009A645F"/>
     <w:rsid w:val="009B2652"/>
     <w:rsid w:val="009B3F4E"/>
     <w:rsid w:val="009C0705"/>
     <w:rsid w:val="009C0F68"/>
     <w:rsid w:val="009C13B4"/>
     <w:rsid w:val="009D0046"/>
     <w:rsid w:val="009D514E"/>
     <w:rsid w:val="009E0E49"/>
     <w:rsid w:val="009E664A"/>
     <w:rsid w:val="009F1A9D"/>
     <w:rsid w:val="009F1C49"/>
     <w:rsid w:val="009F483E"/>
     <w:rsid w:val="009F5486"/>
     <w:rsid w:val="009F6B6F"/>
     <w:rsid w:val="00A03D37"/>
@@ -13994,201 +13402,208 @@
     <w:rsid w:val="00A64B2E"/>
     <w:rsid w:val="00A66EFA"/>
     <w:rsid w:val="00A710A6"/>
     <w:rsid w:val="00A72461"/>
     <w:rsid w:val="00A72537"/>
     <w:rsid w:val="00A7766A"/>
     <w:rsid w:val="00A805DD"/>
     <w:rsid w:val="00A82AEC"/>
     <w:rsid w:val="00A9346D"/>
     <w:rsid w:val="00A97C20"/>
     <w:rsid w:val="00AA0102"/>
     <w:rsid w:val="00AA1494"/>
     <w:rsid w:val="00AA3779"/>
     <w:rsid w:val="00AA6980"/>
     <w:rsid w:val="00AB1D4D"/>
     <w:rsid w:val="00AB3779"/>
     <w:rsid w:val="00AB4A3E"/>
     <w:rsid w:val="00AB7ED7"/>
     <w:rsid w:val="00AC0844"/>
     <w:rsid w:val="00AC504A"/>
     <w:rsid w:val="00AC5DFA"/>
     <w:rsid w:val="00AC7742"/>
     <w:rsid w:val="00AD0AD6"/>
     <w:rsid w:val="00AD0F1E"/>
     <w:rsid w:val="00AD25C7"/>
+    <w:rsid w:val="00AE21D0"/>
     <w:rsid w:val="00AE530E"/>
     <w:rsid w:val="00B00F5C"/>
     <w:rsid w:val="00B00F6F"/>
     <w:rsid w:val="00B01786"/>
     <w:rsid w:val="00B035EA"/>
     <w:rsid w:val="00B23258"/>
     <w:rsid w:val="00B27C43"/>
     <w:rsid w:val="00B30F30"/>
     <w:rsid w:val="00B44443"/>
     <w:rsid w:val="00B46037"/>
     <w:rsid w:val="00B46728"/>
     <w:rsid w:val="00B47D79"/>
     <w:rsid w:val="00B47F6F"/>
     <w:rsid w:val="00B501BD"/>
     <w:rsid w:val="00B51BA8"/>
     <w:rsid w:val="00B54EF7"/>
     <w:rsid w:val="00B65681"/>
     <w:rsid w:val="00B72926"/>
     <w:rsid w:val="00B74A55"/>
     <w:rsid w:val="00B74EE5"/>
     <w:rsid w:val="00B84D76"/>
     <w:rsid w:val="00B867BD"/>
     <w:rsid w:val="00B95D35"/>
     <w:rsid w:val="00BA3CE2"/>
     <w:rsid w:val="00BA7EFA"/>
     <w:rsid w:val="00BB29D3"/>
     <w:rsid w:val="00BB3E84"/>
     <w:rsid w:val="00BC1852"/>
     <w:rsid w:val="00BC40AB"/>
     <w:rsid w:val="00BC7F6C"/>
     <w:rsid w:val="00BD3C55"/>
     <w:rsid w:val="00BD7980"/>
     <w:rsid w:val="00BD7E71"/>
     <w:rsid w:val="00BE3933"/>
     <w:rsid w:val="00BF394F"/>
     <w:rsid w:val="00C12EC0"/>
     <w:rsid w:val="00C1325B"/>
     <w:rsid w:val="00C15C2F"/>
     <w:rsid w:val="00C15F8F"/>
     <w:rsid w:val="00C22EE5"/>
     <w:rsid w:val="00C233AA"/>
+    <w:rsid w:val="00C24BA3"/>
     <w:rsid w:val="00C2596F"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C42BB4"/>
     <w:rsid w:val="00C45378"/>
     <w:rsid w:val="00C454C0"/>
     <w:rsid w:val="00C53197"/>
     <w:rsid w:val="00C54483"/>
     <w:rsid w:val="00C766C9"/>
     <w:rsid w:val="00C76853"/>
     <w:rsid w:val="00C82CF0"/>
     <w:rsid w:val="00C967C7"/>
     <w:rsid w:val="00CA6C51"/>
     <w:rsid w:val="00CA736E"/>
     <w:rsid w:val="00CA7D6C"/>
     <w:rsid w:val="00CB0314"/>
     <w:rsid w:val="00CB0D11"/>
     <w:rsid w:val="00CB34AA"/>
     <w:rsid w:val="00CB35D5"/>
     <w:rsid w:val="00CB59CA"/>
     <w:rsid w:val="00CC0407"/>
+    <w:rsid w:val="00CC0BE3"/>
     <w:rsid w:val="00CD22EC"/>
     <w:rsid w:val="00CD3FFB"/>
+    <w:rsid w:val="00CD6B9F"/>
     <w:rsid w:val="00CE2245"/>
     <w:rsid w:val="00CE33C8"/>
     <w:rsid w:val="00CF0879"/>
     <w:rsid w:val="00CF2040"/>
     <w:rsid w:val="00CF4149"/>
     <w:rsid w:val="00CF48F2"/>
     <w:rsid w:val="00CF55D0"/>
     <w:rsid w:val="00CF628D"/>
     <w:rsid w:val="00D01D25"/>
     <w:rsid w:val="00D05400"/>
     <w:rsid w:val="00D06F80"/>
     <w:rsid w:val="00D129EE"/>
     <w:rsid w:val="00D21BA6"/>
     <w:rsid w:val="00D244C1"/>
     <w:rsid w:val="00D27659"/>
     <w:rsid w:val="00D325E1"/>
     <w:rsid w:val="00D37105"/>
     <w:rsid w:val="00D40D7A"/>
     <w:rsid w:val="00D4175A"/>
     <w:rsid w:val="00D4702F"/>
     <w:rsid w:val="00D47ABA"/>
     <w:rsid w:val="00D5653A"/>
     <w:rsid w:val="00D66536"/>
     <w:rsid w:val="00D73451"/>
     <w:rsid w:val="00D84708"/>
     <w:rsid w:val="00D86828"/>
     <w:rsid w:val="00D8693A"/>
     <w:rsid w:val="00D874A1"/>
+    <w:rsid w:val="00D91056"/>
     <w:rsid w:val="00D9164E"/>
     <w:rsid w:val="00D9578A"/>
     <w:rsid w:val="00D96C93"/>
     <w:rsid w:val="00DA0779"/>
     <w:rsid w:val="00DA3232"/>
     <w:rsid w:val="00DA7C1C"/>
     <w:rsid w:val="00DB6A78"/>
     <w:rsid w:val="00DC42CF"/>
     <w:rsid w:val="00DC6D93"/>
     <w:rsid w:val="00DD22E2"/>
     <w:rsid w:val="00DD3E15"/>
     <w:rsid w:val="00DD4517"/>
     <w:rsid w:val="00DE1C31"/>
     <w:rsid w:val="00DE5359"/>
     <w:rsid w:val="00DF34AE"/>
     <w:rsid w:val="00DF457B"/>
     <w:rsid w:val="00DF78E9"/>
     <w:rsid w:val="00E03B00"/>
     <w:rsid w:val="00E062DB"/>
     <w:rsid w:val="00E077A1"/>
     <w:rsid w:val="00E1073C"/>
     <w:rsid w:val="00E22793"/>
     <w:rsid w:val="00E24AC5"/>
     <w:rsid w:val="00E36C8C"/>
     <w:rsid w:val="00E412D4"/>
     <w:rsid w:val="00E41F17"/>
     <w:rsid w:val="00E4388C"/>
     <w:rsid w:val="00E44E73"/>
     <w:rsid w:val="00E4598A"/>
     <w:rsid w:val="00E50892"/>
     <w:rsid w:val="00E61F36"/>
     <w:rsid w:val="00E62388"/>
     <w:rsid w:val="00E678F9"/>
     <w:rsid w:val="00E679B2"/>
     <w:rsid w:val="00E74798"/>
     <w:rsid w:val="00E75446"/>
     <w:rsid w:val="00E7637F"/>
     <w:rsid w:val="00E802B6"/>
     <w:rsid w:val="00E808FF"/>
     <w:rsid w:val="00E91C1B"/>
     <w:rsid w:val="00E92AFE"/>
     <w:rsid w:val="00E9318F"/>
     <w:rsid w:val="00E9333A"/>
     <w:rsid w:val="00E96E92"/>
     <w:rsid w:val="00EA06E8"/>
     <w:rsid w:val="00EA0A0E"/>
     <w:rsid w:val="00EA307A"/>
+    <w:rsid w:val="00EA6A8C"/>
     <w:rsid w:val="00EC0A7A"/>
     <w:rsid w:val="00EC57E6"/>
     <w:rsid w:val="00ED074B"/>
     <w:rsid w:val="00ED3237"/>
     <w:rsid w:val="00ED4149"/>
     <w:rsid w:val="00EF3FFD"/>
     <w:rsid w:val="00F01FC9"/>
     <w:rsid w:val="00F050C8"/>
     <w:rsid w:val="00F05C84"/>
     <w:rsid w:val="00F11AB6"/>
     <w:rsid w:val="00F12444"/>
     <w:rsid w:val="00F14DED"/>
     <w:rsid w:val="00F22E8B"/>
+    <w:rsid w:val="00F2433B"/>
     <w:rsid w:val="00F27104"/>
     <w:rsid w:val="00F3634B"/>
     <w:rsid w:val="00F41150"/>
     <w:rsid w:val="00F41465"/>
     <w:rsid w:val="00F43AC3"/>
     <w:rsid w:val="00F43D29"/>
     <w:rsid w:val="00F469BD"/>
     <w:rsid w:val="00F500C4"/>
     <w:rsid w:val="00F529CF"/>
     <w:rsid w:val="00F5693B"/>
     <w:rsid w:val="00F60E90"/>
     <w:rsid w:val="00F63A2D"/>
     <w:rsid w:val="00F7428C"/>
     <w:rsid w:val="00F75AB9"/>
     <w:rsid w:val="00F81B97"/>
     <w:rsid w:val="00F83F99"/>
     <w:rsid w:val="00F8415E"/>
     <w:rsid w:val="00F85929"/>
     <w:rsid w:val="00F873DD"/>
     <w:rsid w:val="00F91EBE"/>
     <w:rsid w:val="00FA0D31"/>
     <w:rsid w:val="00FB3455"/>
     <w:rsid w:val="00FC1809"/>
     <w:rsid w:val="00FC2864"/>
     <w:rsid w:val="00FC7F73"/>
@@ -15115,77 +14530,89 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010042016E61ECD77C43A7695B35AA3CBE50" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="494e0c9fd234aa9f16565698170c9b69">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d4e97e60-d57b-46f0-8c68-1d25f9ddb920" xmlns:ns3="d4a48426-97cc-4a61-94fb-56c3682b2352" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8132e576ef79f70a3b37f1ab2d2f53c5" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d4e97e60-d57b-46f0-8c68-1d25f9ddb920">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d4a48426-97cc-4a61-94fb-56c3682b2352" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010042016E61ECD77C43A7695B35AA3CBE50" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7ba93f8f88841eb3cff025f64eba8e15">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d4e97e60-d57b-46f0-8c68-1d25f9ddb920" xmlns:ns3="d4a48426-97cc-4a61-94fb-56c3682b2352" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d27dee1b152b1d8152a4f34273d6b69c" ns2:_="" ns3:_="">
     <xsd:import namespace="d4e97e60-d57b-46f0-8c68-1d25f9ddb920"/>
     <xsd:import namespace="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d4e97e60-d57b-46f0-8c68-1d25f9ddb920" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -15224,50 +14651,55 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="ec1864b2-1c78-431e-8829-5aec5be41430" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d4a48426-97cc-4a61-94fb-56c3682b2352" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
@@ -15369,140 +14801,132 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54DC3B5C-DB8D-43C3-A743-7B950FD57402}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED82ED8B-D36C-4EEC-82F7-6F4C668D9FC8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="d4e97e60-d57b-46f0-8c68-1d25f9ddb920"/>
+    <ds:schemaRef ds:uri="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4BA14698-0379-461A-B71D-9F27728245D3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d4e97e60-d57b-46f0-8c68-1d25f9ddb920"/>
     <ds:schemaRef ds:uri="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9B44A35-878E-4E6C-9CCE-AC023CBE1890}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1395</Words>
-  <Characters>7958</Characters>
+  <Words>1301</Words>
+  <Characters>7416</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>66</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>61</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9335</CharactersWithSpaces>
+  <CharactersWithSpaces>8700</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Donna BSmith</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010042016E61ECD77C43A7695B35AA3CBE50</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>